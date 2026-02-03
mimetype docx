--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -243,139 +243,139 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Manufacturing dimensions (L x W x H)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>*227x73x55 mm</w:t>
+              <w:t>*225x74x53 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Quantity / m² with a traditional joint</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>ca. 63 (12 mm)</w:t>
+              <w:t>ca. 65 (12 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Number / m² with a thin joint</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>ca. 71 (6 mm)</w:t>
+              <w:t>ca. 74 (6 mm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -944,51 +944,51 @@
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidRDefault="005C795D" w14:paraId="0C1D0344" w14:textId="5012EF0A">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="159C9FFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t>TREATMENT COUNCIL</w:t>
+        <w:t>TREATMENT GUIDELINES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="34B27BA9" w14:textId="13CF925E">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>During processing the bricks should be mixed from 5 different packs. The bricks are stacked tower by tower.The right mortar composition must be determined in consultation with the mortar supplier. Fresh brickwork should always be protected.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -2929,51 +2929,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>30-10-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>