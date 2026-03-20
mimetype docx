--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -595,51 +595,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Initial water absorption (1 minute)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>&lt; 4 kg/(m² . min )  IW3</w:t>
+              <w:t>&lt; 1,5 kg/(m² . min )  IW3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -986,50 +986,54 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Dimensions may vary depending on the production. For the most recent version see www.vandemoortel.co.uk. This document is not binding and annuls all previous publications. The manufacturer reserves the right to change the product range and characteristics. The user must always check that he has the most recent descriptive text.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>In a sample of 100 bricks, at least 90 bricks will have one undamaged header face and one undamaged stretcher face. The number of defected bricks must not exceed 5%. The following are considered defects; the presence of hard spots which may swell and cause the brick surface to flake,  cracks with a width &gt; or = 0.2 mm that affect at least 2 edges. Any damage or defects must always be reported before use</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Productshot</w:t>
       </w:r>
@@ -2929,51 +2933,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>