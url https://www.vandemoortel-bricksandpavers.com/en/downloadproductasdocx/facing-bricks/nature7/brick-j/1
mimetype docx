--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -375,51 +375,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Manufacturing dimensions (L x W x H)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>*218x104x63 mm</w:t>
+              <w:t>*215x101x64 mm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -1018,128 +1018,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00317270" w:rsidP="00C15B47" w:rsidRDefault="00317270" w14:paraId="78C240B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:color w:val="111111"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="2520D54B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...51 lines deleted...]
-    </w:tbl>
     <w:p w:rsidR="00FB533A" w:rsidRDefault="00FB533A" w14:paraId="3615DA29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6CA52927" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="0C94B3B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -1185,50 +1118,54 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Dimensions may vary depending on the production. For the most recent version see www.vandemoortel.co.uk. This document is not binding and annuls all previous publications. The manufacturer reserves the right to change the product range and characteristics. The user must always check that he has the most recent descriptive text.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>In a sample of 100 bricks, at least 90 bricks will have one undamaged header face and one undamaged stretcher face. The number of defected bricks must not exceed 5%. The following are considered defects; the presence of hard spots which may swell and cause the brick surface to flake,  cracks with a width &gt; or = 0.2 mm that affect at least 2 edges. Any damage or defects must always be reported before use</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Productshot</w:t>
       </w:r>
@@ -3128,51 +3065,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>