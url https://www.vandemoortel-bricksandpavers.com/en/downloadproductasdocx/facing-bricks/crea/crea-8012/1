--- v0 (2025-11-01)
+++ v1 (2026-02-03)
@@ -967,51 +967,51 @@
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidRDefault="005C795D" w14:paraId="0C1D0344" w14:textId="5012EF0A">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="159C9FFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t>TREATMENT COUNCIL</w:t>
+        <w:t>TREATMENT GUIDELINES</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="34B27BA9" w14:textId="13CF925E">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>During processing the bricks should be mixed from 5 different packs. The bricks are stacked tower by tower.The right mortar composition must be determined in consultation with the mortar supplier. Fresh brickwork should always be protected.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
@@ -2952,51 +2952,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>01-11-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>