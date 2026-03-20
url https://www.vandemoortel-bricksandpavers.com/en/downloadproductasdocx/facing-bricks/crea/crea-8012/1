--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -90,89 +90,89 @@
         <w:spacing w:before="109"/>
         <w:ind w:left="0" w:firstLine="464"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>TEXTURE, TYPE &amp; COLOUR</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="2ECC4485" w14:textId="1F14E6AC">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>The decorative brickwork (inside and/or outside face) is made with a solid sanded moulded brick without grain with an even structure.The bricks are through-coloured and the colour is red purple.</w:t>
+        <w:t>The decorative brickwork (inside and/or outside face) is made with a sanded moulded brick with frog without grain with an even structure.The bricks are through-coloured and the colour is red purple.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6D6D739C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="004D336A" w14:paraId="1AF92AF3" w14:textId="24B71EAB">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>RAW MATERIAL &amp; PRODUCTION &amp; VIEWS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="63F168BE" w14:textId="0991ECCE">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="463"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>This entirely natural product is made of alluvial clay from the Quaternary from the Scheldt valley.The brick is formed in a sanded mould by putting in a lump of clay and is fired at at least 1150 °C. The facing brick is a solid moulded brick and has a homogeneous structure.It is free from lime and other inclusions and has at least one stretch and one head which are free from cracks and other aspects which negatively affect the overall appearance of the brickwork.</w:t>
+        <w:t>The facing brick is a moulded brick with frog and has a homogeneous structure.It is free from lime and other inclusions and has at least one stretch and one head which are free from cracks and other aspects which negatively affect the overall appearance of the brickwork. This entirely natural product is made of alluvial clay from the Quaternary from the Scheldt valley.The brick is formed in a sanded mould by putting in a lump of clay and is fired at at least 1150 °C.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="3F4C3144" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="004D336A" w14:paraId="690ADB49" w14:textId="22390619">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>TECHNICAL CHARACTERISTICS</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00313819" w:rsidR="00EB6C33" w:rsidP="00901CEA" w:rsidRDefault="004D336A" w14:paraId="16D8BA1F" w14:textId="1EA82559">
       <w:pPr>
@@ -843,127 +843,60 @@
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00317270" w:rsidP="00C15B47" w:rsidRDefault="00317270" w14:paraId="78C240B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:color w:val="111111"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E47813" w:rsidRDefault="00A62A4B" w14:paraId="4058AE3B" w14:textId="321DBCA2">
-[...12 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="2520D54B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...51 lines deleted...]
-    </w:tbl>
     <w:p w:rsidR="00FB533A" w:rsidRDefault="00FB533A" w14:paraId="3615DA29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6CA52927" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="0C94B3B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -1009,50 +942,54 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Dimensions may vary depending on the production. For the most recent version see www.vandemoortel.co.uk. This document is not binding and annuls all previous publications. The manufacturer reserves the right to change the product range and characteristics. The user must always check that he has the most recent descriptive text.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>In a sample of 100 bricks, at least 90 bricks will have one undamaged header face and one undamaged stretcher face. The number of defected bricks must not exceed 5%. The following are considered defects; the presence of hard spots which may swell and cause the brick surface to flake,  cracks with a width &gt; or = 0.2 mm that affect at least 2 edges. Any damage or defects must always be reported before use</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Productshot</w:t>
       </w:r>
@@ -2952,51 +2889,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>